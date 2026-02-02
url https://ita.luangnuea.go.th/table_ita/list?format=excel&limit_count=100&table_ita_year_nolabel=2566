--- v0 (2025-11-04)
+++ v1 (2026-02-02)
@@ -112,51 +112,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:G44"/>
+  <dimension ref="A1:G88"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>ita_id</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>year_no</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>topic_no</t>
         </is>
       </c>
@@ -1643,50 +1643,1554 @@
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>2568</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
           <t>O28</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
           <t>รายงานผลการดำเนินการเพื่อส่งเสริมคุณธรรมเเละความโปร่งใสภายในหน่วยงาน ประจำปี พ.ศ. 2567</t>
         </is>
       </c>
       <c r="E44" s="1" t="inlineStr">
         <is>
           <t>https://www.luangnuea.go.th/index.php/report-operation-menu/summary/120-report-operation/476-report-operation-2567</t>
         </is>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1" t="inlineStr">
         <is>
           <t>28</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>132</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>O8</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>แผนเเละความก้าวหน้าในการดำเนินงานเเละการใช้จ่ายงบประมาณประจำปี</t>
+        </is>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/report-annual-year/summary/50-report-annual-year/426-report-annual-year-2567-m6</t>
+        </is>
+      </c>
+      <c r="F45" s="1"/>
+      <c r="G45" s="1" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>133</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>O8</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>แผนเเละความก้าวหน้าในการดำเนินงานเเละการใช้จ่ายงบประมาณประจำปี</t>
+        </is>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/report-annual-year/summary/50-report-annual-year/446-report-annual-year-2567</t>
+        </is>
+      </c>
+      <c r="F46" s="1"/>
+      <c r="G46" s="1" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>134</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>O9</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>รายงานผลการดำเนินงาน ประจำปี</t>
+        </is>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/report-annual-year/summary/50-report-annual-year/425-report-annual-year-2566</t>
+        </is>
+      </c>
+      <c r="F47" s="1"/>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>135</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>O10</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>คู่มือหรือเเนวทางการปฏิบัติงานของเจ้าหน้าที่</t>
+        </is>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/operation-manual/summary/79-operation-manual/434-manual-user</t>
+        </is>
+      </c>
+      <c r="F48" s="1"/>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>136</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>O11</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>คู่มือหรือเเนวทางการให้บริการสำหรับผู้รับบริการหรือผู้มาติดต่อ</t>
+        </is>
+      </c>
+      <c r="E49" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/manual-service-people/summary/82-manual-commercial-service/120-manual-trade</t>
+        </is>
+      </c>
+      <c r="F49" s="1" t="inlineStr">
+        <is>
+          <t>คู่มือประชาชน การจดทะเบียนพาณิชย์</t>
+        </is>
+      </c>
+      <c r="G49" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>137</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>O11</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>คู่มือหรือเเนวทางการให้บริการสำหรับผู้รับบริการหรือผู้มาติดต่อ</t>
+        </is>
+      </c>
+      <c r="E50" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/manual-service-people/summary/90-manual-welfare-service/128-manual-social</t>
+        </is>
+      </c>
+      <c r="F50" s="1" t="inlineStr">
+        <is>
+          <t>คู่มือการให้บริการงานสวัสดิการสังคม</t>
+        </is>
+      </c>
+      <c r="G50" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>139</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>O12</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>ข้อมูลเชิงสถิติการให้บริการ</t>
+        </is>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/static-two-way/summary/172-static-two-way/435-static-two-way-m10-2565</t>
+        </is>
+      </c>
+      <c r="F51" s="1" t="inlineStr">
+        <is>
+          <t>ตุลาคม 65 - มีนาคม 66</t>
+        </is>
+      </c>
+      <c r="G51" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>140</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>O12</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>ข้อมูลเชิงสถิติการให้บริการ</t>
+        </is>
+      </c>
+      <c r="E52" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/static-two-way/summary/172-static-two-way/436-static-two-way-m4-2566</t>
+        </is>
+      </c>
+      <c r="F52" s="1" t="inlineStr">
+        <is>
+          <t>เมษยายน 66- กันยายน 66</t>
+        </is>
+      </c>
+      <c r="G52" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>141</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>O13</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>E-Service</t>
+        </is>
+      </c>
+      <c r="E53" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/manual-eservice/summary/173-manual-eservice/437-manual-online</t>
+        </is>
+      </c>
+      <c r="F53" s="1" t="inlineStr">
+        <is>
+          <t>คู่มือ E-service</t>
+        </is>
+      </c>
+      <c r="G53" s="1" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>142</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>O13</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>E-Service</t>
+        </is>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t>https://e-service.luangnuea.go.th/</t>
+        </is>
+      </c>
+      <c r="F54" s="1"/>
+      <c r="G54" s="1" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>143</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>O13</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>E-Service</t>
+        </is>
+      </c>
+      <c r="E55" s="1" t="inlineStr">
+        <is>
+          <t>https://e-service.luangnuea.go.th/table_disaster/add</t>
+        </is>
+      </c>
+      <c r="F55" s="1"/>
+      <c r="G55" s="1" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>144</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>O14</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>รายการการจัดซื้อจัดจ้าง หรือการจัดหาพัสดุ</t>
+        </is>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/annual-parcel</t>
+        </is>
+      </c>
+      <c r="F56" s="1"/>
+      <c r="G56" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>145</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>O14</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>รายการการจัดซื้อจัดจ้าง หรือการจัดหาพัสดุ</t>
+        </is>
+      </c>
+      <c r="E57" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/annual-parcel/summary/43-annual-parcel/430-report-tender-2567</t>
+        </is>
+      </c>
+      <c r="F57" s="1"/>
+      <c r="G57" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>146</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>O15</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>ประกาศต่าง ๆ เกี่ยวกับ การจัดซื้อจัดจ้างหรือ การจัดหาพัสดุ</t>
+        </is>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/procurement-plan</t>
+        </is>
+      </c>
+      <c r="F58" s="1" t="inlineStr">
+        <is>
+          <t>รวมประกาศ</t>
+        </is>
+      </c>
+      <c r="G58" s="1" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>147</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>O15</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>ประกาศต่าง ๆ เกี่ยวกับ การจัดซื้อจัดจ้างหรือ การจัดหาพัสดุ</t>
+        </is>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/procurement-plan/summary/8-procurement-plan/398-procurement8-1-2567</t>
+        </is>
+      </c>
+      <c r="F59" s="1"/>
+      <c r="G59" s="1" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>148</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>O15</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>ประกาศต่าง ๆ เกี่ยวกับ การจัดซื้อจัดจ้างหรือ การจัดหาพัสดุ</t>
+        </is>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/win-tender-all/summary/94-win-tender-all/405-wintender30-1-2567</t>
+        </is>
+      </c>
+      <c r="F60" s="1"/>
+      <c r="G60" s="1" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>O16</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>ความก้าวหน้าการจัดซื้อจัดจ้างหรือการจัดหาพัสดุ</t>
+        </is>
+      </c>
+      <c r="E61" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/annual-parcel/summary/43-annual-parcel/440-report-parcel-2567-xls</t>
+        </is>
+      </c>
+      <c r="F61" s="1"/>
+      <c r="G61" s="1" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>151</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>O17</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>รายงานผลการจัดซื้อจัดจ้าง หรือการจัดหาพัสดุประจำปี</t>
+        </is>
+      </c>
+      <c r="E62" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/annual-parcel/summary/43-annual-parcel/429-report-tender-2566-2</t>
+        </is>
+      </c>
+      <c r="F62" s="1"/>
+      <c r="G62" s="1" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>152</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>O18</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>เเผนการบริหารเเละพัฒนาทรัพยากรบุคคล</t>
+        </is>
+      </c>
+      <c r="E63" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/annual-parcel/summary/43-annual-parcel/429-report-tender-2566-2</t>
+        </is>
+      </c>
+      <c r="F63" s="1"/>
+      <c r="G63" s="1" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>153</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>O18</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>เเผนการบริหารเเละพัฒนาทรัพยากรบุคคล</t>
+        </is>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/human-plan/summary/48-human-plan/392-plan-employee-2567-2569</t>
+        </is>
+      </c>
+      <c r="F64" s="1" t="inlineStr">
+        <is>
+          <t> 3 ปี</t>
+        </is>
+      </c>
+      <c r="G64" s="1" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>154</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>O18</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>เเผนการบริหารเเละพัฒนาทรัพยากรบุคคล</t>
+        </is>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/power-plan/summary/46-power-plan/393-plan-human-2567-2569</t>
+        </is>
+      </c>
+      <c r="F65" s="1"/>
+      <c r="G65" s="1" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>155</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>O19</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>รายงานผลการบริหารเเละพัฒนาทรัพยากรบุคคลประจำปี</t>
+        </is>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/report-manager-human</t>
+        </is>
+      </c>
+      <c r="F66" s="1" t="inlineStr">
+        <is>
+          <t>รวม</t>
+        </is>
+      </c>
+      <c r="G66" s="1" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>156</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>O19</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>รายงานผลการบริหารเเละพัฒนาทรัพยากรบุคคลประจำปี</t>
+        </is>
+      </c>
+      <c r="E67" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/report-manager-human/summary/74-report-manager-human/422-report-manager-human-2566</t>
+        </is>
+      </c>
+      <c r="F67" s="1"/>
+      <c r="G67" s="1" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>157</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>O20</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>ประมวลจริยธรรมสำหรับ เจ้าหน้าที่ของรัฐ</t>
+        </is>
+      </c>
+      <c r="E68" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/ethics/summary/151-ethics/402-ethics-2565</t>
+        </is>
+      </c>
+      <c r="F68" s="1" t="inlineStr">
+        <is>
+          <t>ผู้บริหารท้องถิ่น</t>
+        </is>
+      </c>
+      <c r="G68" s="1" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>158</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>O20</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>ประมวลจริยธรรมสำหรับ เจ้าหน้าที่ของรัฐ</t>
+        </is>
+      </c>
+      <c r="E69" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/ethics/summary/151-ethics/404-ethics-2565-3</t>
+        </is>
+      </c>
+      <c r="F69" s="1" t="inlineStr">
+        <is>
+          <t>สภาท้องถิ่น</t>
+        </is>
+      </c>
+      <c r="G69" s="1" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>159</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>O20</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>ประมวลจริยธรรมสำหรับ เจ้าหน้าที่ของรัฐ</t>
+        </is>
+      </c>
+      <c r="E70" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/ethics/summary/151-ethics/403-ethics-2565-2</t>
+        </is>
+      </c>
+      <c r="F70" s="1" t="inlineStr">
+        <is>
+          <t>พนักงาน</t>
+        </is>
+      </c>
+      <c r="G70" s="1" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>160</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>O21</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>การขับเคลื่อนจริยธรรม</t>
+        </is>
+      </c>
+      <c r="E71" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/drive-ethics/summary/153-drive-ethics/441-drive-ethics-2566</t>
+        </is>
+      </c>
+      <c r="F71" s="1"/>
+      <c r="G71" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>161</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>O21</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>การขับเคลื่อนจริยธรรม</t>
+        </is>
+      </c>
+      <c r="E72" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/drive-ethics/summary/153-drive-ethics/447-drive-ethics-2566-2</t>
+        </is>
+      </c>
+      <c r="F72" s="1"/>
+      <c r="G72" s="1" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>162</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>O22</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>แนวปฏิบัติการจัดการ เรื่องร้องเรียนการทุจริต และประพฤติมิชอบ</t>
+        </is>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/measure-complaints/summary/113-measure-complaints/312-measure-complaints-2565</t>
+        </is>
+      </c>
+      <c r="F73" s="1"/>
+      <c r="G73" s="1" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>163</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>O23</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>ช่องทางแจ้งเรื่องร้องเรียน การทุจริตและประพฤติมีชอบ</t>
+        </is>
+      </c>
+      <c r="E74" s="1" t="inlineStr">
+        <is>
+          <t>https://appeal.luangnuea.go.th/</t>
+        </is>
+      </c>
+      <c r="F74" s="1"/>
+      <c r="G74" s="1" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>164</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>O24</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>ขัอมูลสถิติเรื่องร้องเรียนการทุจริตเเละประพฤติมิชอบ</t>
+        </is>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/report-misconduct-menu/summary/121-report-misconduct/423-report-misconduct-2566</t>
+        </is>
+      </c>
+      <c r="F75" s="1"/>
+      <c r="G75" s="1" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>165</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>O25</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>การเปิดโอกาสให้เกิด การมีส่วนร่วม</t>
+        </is>
+      </c>
+      <c r="E76" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/participation/summary/154-participation-activities/443-activities-2567</t>
+        </is>
+      </c>
+      <c r="F76" s="1"/>
+      <c r="G76" s="1" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>167</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>O26</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>ประกาศเจตนารมณ์นโยบาย No Gift Policy จาก การปฏิบัติหน้าที่</t>
+        </is>
+      </c>
+      <c r="E77" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/no-gift/summary/114-no-gift/412-no-gift-2567</t>
+        </is>
+      </c>
+      <c r="F77" s="1" t="inlineStr">
+        <is>
+          <t>ภาษาไทย</t>
+        </is>
+      </c>
+      <c r="G77" s="1" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>168</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>O26</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>ประกาศเจตนารมณ์นโยบาย No Gift Policy จาก การปฏิบัติหน้าที่</t>
+        </is>
+      </c>
+      <c r="E78" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/no-gift/summary/114-no-gift/413-no-gift-2567-eng</t>
+        </is>
+      </c>
+      <c r="F78" s="1" t="inlineStr">
+        <is>
+          <t>อังกฤษ</t>
+        </is>
+      </c>
+      <c r="G78" s="1" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>169</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C79" s="1" t="inlineStr">
+        <is>
+          <t>O27</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>การสร้างวัฒนธรรม No Gift Policy</t>
+        </is>
+      </c>
+      <c r="E79" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/no-gift/summary/114-no-gift/442-report-nogift-2567</t>
+        </is>
+      </c>
+      <c r="F79" s="1"/>
+      <c r="G79" s="1" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>170</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>O28</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>รายงานผลตามนโยบาย No Gift Policy</t>
+        </is>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/no-gift/summary/114-no-gift/427-report-nogift-2566-2</t>
+        </is>
+      </c>
+      <c r="F80" s="1"/>
+      <c r="G80" s="1" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>171</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C81" s="1" t="inlineStr">
+        <is>
+          <t>O29</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>รายงานการรับทรัพย์สินหรือประโยชน์อื่นใดโดยธรรมจรรยา</t>
+        </is>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/audit/summary/141-work-audit/424-report-property-2566</t>
+        </is>
+      </c>
+      <c r="F81" s="1"/>
+      <c r="G81" s="1" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>172</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>O30</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>การประเมินความเสี่ยงการทุจริตในประเด็นที่เกี่ยวข้องกับสินบน</t>
+        </is>
+      </c>
+      <c r="E82" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/risk-assessment/summary/123-risk-assessment/418-risk-assessment-2567</t>
+        </is>
+      </c>
+      <c r="F82" s="1"/>
+      <c r="G82" s="1" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>173</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>O31</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>รายงานผลการดำเนินการเพื่อจัดการความเสี่ยงการทุจริตเเละประพฤติมิชอบประจำปี</t>
+        </is>
+      </c>
+      <c r="E83" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/report-risk-year/summary/125-report-risk-year/419-report-risk-2566</t>
+        </is>
+      </c>
+      <c r="F83" s="1"/>
+      <c r="G83" s="1" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>174</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>O32</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>แผนปฏิบัติการป้องกัน การทุจริต</t>
+        </is>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/plan-protect/summary/47-plan-protect/346-plan-protect-2566-2570</t>
+        </is>
+      </c>
+      <c r="F84" s="1"/>
+      <c r="G84" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>175</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C85" s="1" t="inlineStr">
+        <is>
+          <t>O32</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>แผนปฏิบัติการป้องกัน การทุจริต</t>
+        </is>
+      </c>
+      <c r="E85" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/plan-protect/summary/47-plan-protect/433-plan-protect-2567</t>
+        </is>
+      </c>
+      <c r="F85" s="1"/>
+      <c r="G85" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>176</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C86" s="1" t="inlineStr">
+        <is>
+          <t>O33</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>รายงานผลการดำเนินการ ป้องกันการทุจริตประจำปี</t>
+        </is>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/report-corruption/summary/56-report-corruption/428-report-corruption-2566</t>
+        </is>
+      </c>
+      <c r="F86" s="1"/>
+      <c r="G86" s="1" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>177</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>O34</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>มาตรการส่งเสริมคุณธรรมและ ความโปร่งใสภายในหน่วยงาน</t>
+        </is>
+      </c>
+      <c r="E87" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/gov-just/summary/171-gov-just/420-gov-just-2567</t>
+        </is>
+      </c>
+      <c r="F87" s="1"/>
+      <c r="G87" s="1" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>178</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>2567</t>
+        </is>
+      </c>
+      <c r="C88" s="1" t="inlineStr">
+        <is>
+          <t>O35</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>รายงานผลการดำเนินการเพื่อส่งเสริมคุณธรรมเเละความโปร่งใสภายในหน่วยงาน</t>
+        </is>
+      </c>
+      <c r="E88" s="1" t="inlineStr">
+        <is>
+          <t>https://www.luangnuea.go.th/index.php/report-operation-menu/summary/120-report-operation/421-report-operation-2566-3</t>
+        </is>
+      </c>
+      <c r="F88" s="1"/>
+      <c r="G88" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>